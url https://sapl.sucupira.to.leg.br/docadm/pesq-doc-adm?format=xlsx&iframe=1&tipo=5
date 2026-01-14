--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="194">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
@@ -523,50 +523,119 @@
     <t>Estabelece ponto facultativo na Câmara Municipal de Sucupira/TO, no dia 02 de maio de 2025, em virtude do feriado do Dia Mundial do Trabalho (01/05/2025).</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Estabelece ponto facultativo na Câmara Municipal de Sucupira/TO, no dia 20 de junho de 2025 (sexta-feira), devido ao feriado de Corpus Christi dia 19/06/2025 (quinta-feira).</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Suspende as atividades parlamentares e administrativas ao público no âmbito da Câmara Municipal de Sucupira/TO, no dia 30 de junho de 2025, com retorno no dia subsequente, para organização administrativa desta Câmara Municipal.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Declara recesso parlamentar e administrativo nas repartições públicas da Câmara Municipal de Sucupira/TO, do dia 11 de julho de 2025 ao dia 31 de julho de 2025.</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Antecipa do dia 28 para o dia 27 de outubro de 2025, a comemoração do Dia do Servidor Público, sendo facultado o ponto no âmbito da Câmara Municipal de Sucupira nesta data.</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>Declara ponto facultativo no âmbito da Câmara Municipal de Sucupira/TO, no dia 21 de novembro de 2025, devido ao feriado nacional do Dia da Consciência Negra (20/11/2025).</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>Declara recesso parlamentar e administrativo no âmbito da Câmara Municipal de Sucupira/TO, no período de 23 de dezembro de 2025 a 02 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomeação do Sr. Lourenço Ribeiro de Castro, para o cargo de Diretor Financeiro da Câmara Municipal de Sucupira/TO.</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Nomeação da Sra. Sara Rodrigues Pereira, para o cargo de Controle Interno da Câmara Municipal de Sucupira/TO.</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Nomeação da Sra. Lídia Ferreira do Nascimento, para o cargo de Diretora Legislativa da Câmara Municipal de Sucupira/TO.</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>Nomeação da Sra. Lídia Ferreira do Nascimento, para o cargo de Agente de Contratação da Câmara Municipal de Sucupira/TO, sem remuneração para as atribuições deste cargo.</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>Nomeação do Sr. Jhonathas Alves Braga, para o cargo de Ouvidor Geral da Câmara Municipal de Sucupira/TO.</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>Declara recesso parlamentar e administrativo no âmbito da Câmara Municipal de Sucupira/TO, no período de 02 de janeiro de 2026 a 11 de janeiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -858,51 +927,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F59"/>
+  <dimension ref="A1:F68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="230.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2050,50 +2119,230 @@
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>168</v>
       </c>
       <c r="B59" t="s">
         <v>140</v>
       </c>
       <c r="C59" t="s">
         <v>169</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>10</v>
       </c>
       <c r="F59" t="s">
         <v>170</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>171</v>
+      </c>
+      <c r="B60" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" t="s">
+        <v>172</v>
+      </c>
+      <c r="D60" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>174</v>
+      </c>
+      <c r="B61" t="s">
+        <v>140</v>
+      </c>
+      <c r="C61" t="s">
+        <v>137</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>176</v>
+      </c>
+      <c r="B62" t="s">
+        <v>140</v>
+      </c>
+      <c r="C62" t="s">
+        <v>177</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>179</v>
+      </c>
+      <c r="B63" t="s">
+        <v>180</v>
+      </c>
+      <c r="C63" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" t="s">
+        <v>10</v>
+      </c>
+      <c r="F63" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>182</v>
+      </c>
+      <c r="B64" t="s">
+        <v>180</v>
+      </c>
+      <c r="C64" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>185</v>
+      </c>
+      <c r="B65" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" t="s">
+        <v>10</v>
+      </c>
+      <c r="F65" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>188</v>
+      </c>
+      <c r="B66" t="s">
+        <v>180</v>
+      </c>
+      <c r="C66" t="s">
+        <v>80</v>
+      </c>
+      <c r="D66" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" t="s">
+        <v>10</v>
+      </c>
+      <c r="F66" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>190</v>
+      </c>
+      <c r="B67" t="s">
+        <v>180</v>
+      </c>
+      <c r="C67" t="s">
+        <v>84</v>
+      </c>
+      <c r="D67" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67" t="s">
+        <v>10</v>
+      </c>
+      <c r="F67" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>192</v>
+      </c>
+      <c r="B68" t="s">
+        <v>180</v>
+      </c>
+      <c r="C68" t="s">
+        <v>23</v>
+      </c>
+      <c r="D68" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" t="s">
+        <v>10</v>
+      </c>
+      <c r="F68" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>