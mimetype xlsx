--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -10,190 +10,355 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="756" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="861" uniqueCount="465">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>LO</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/122/lei_200-25.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 077/2014, que dispõe sobre ao Quadro de Pessoal de provimento efetivo do Poder Executivo Municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/121/lei_199-25.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo I, da Lei nº 076/2014, de 03 de fevereiro de 2014, que dispõe sobre a estrutura de cargos em comissão do Município de Sucupira/TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/120/lei_198-25_loa-2026.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Sucupira/TO, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/125/lei_197-25_ppa_2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Sucupira/TO, para o quadriênio de 2026/2029.</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/124/lei_196-25_atualiza_ldo.pdf</t>
+  </si>
+  <si>
+    <t>Atualização/correção previstas inicialmente na LDO 2026, da Lei Municipal nº 193/2025, de 25 de junho de 2025, que dispões sobre as Diretrizes para elaboração e execução da Lei Orçamentária para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/123/res._03-25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a desafetação de bem móvel do patrimônio da Câmara Municipal de Sucupira/TO, e autoriza o Poder Legislativo a efetuar a doação ao Município de Sucupira/TO. (Bem desafetado do patrimônio da Câmara: Motocicleta, Honda/Elite 125, Ano/Modelo 2019/2019, Placa QWC8A65/TO.</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/118/dl_07-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, ao Sr. Massaru Coracini Okada.</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/117/dl_06-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, ao Sr. Eduardo Malheiros Ribeiro Fortes, popularmente conhecido como Eduardo Fortes.</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/116/dl_05-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, ao Sr. Marcionil Lúcio Figueredo.</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/115/dl_04-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, ao Sr. Humberto Campos de Castilho.</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/114/dl_03-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, aos pioneiros do município: Abel José Rodrigues; Adolfo de Oliveira Botelho; Aldenira Azevedo do Rego; Alipio de Oliveira Souza; João Alves de Queiroz; Joaquim Ribeiro de Carvalho; José Bonfim Dantas do Rego; Manoel Alves Ribeiro; Manoel Messias de Souza; Maria do Socorro Dantas Rego; e Patrocínio Pereira da Silva.</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/113/dl_02-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadão honorário do Município de Sucupira/TO, ao Sr. João Gomes de Amorim, popularmente conhecido como Amorim.</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/112/dl_01-25_titulo_honorario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título honorário de Prefeito Amigo das Crianças ao Sr. Valdivino Milhomem de Morais, popularmente conhecido como Divino Morais.</t>
+  </si>
+  <si>
     <t>110</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>195</t>
   </si>
   <si>
-    <t>LO</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/110/lei_195-25.pdf</t>
   </si>
   <si>
     <t>Altera no que especifica a Lei Municipal nº 123/2019, que estabelece a estrutura e o funcionamento do Conselho Tutelar de Sucupira/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/109/lei_194-25.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial de Suplementação por Excesso de Arrecadação no Orçamento de 2025, cria Ação no Orçamento da Prefeitura Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/108/lei_193-25.pdf</t>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/108/lei_193-25_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano Referência de 2025), e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/107/lei_n._192_-_2025_institui_o_programa_de_recuperacaode_credito_fiscais_-_refis_2025.pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação de créditos fiscais - REFIs/ 2025  no âmbito do município de Sucupira e adota outras previdências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal, por tempo determinado.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/106/lei_no191_-_2025_-_autoriza_o_municipio_de_sucupira_a_participar_de_consorcio_intermunicipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Sucupira a participar de consórcio público.</t>
   </si>
   <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/126/res._02-25.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Galeria Lilás no âmbito do Poder Legislativo do Município de Sucupira/TO, e dá outras providências.</t>
+  </si>
+  <si>
     <t>104</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/104/lei_n189-2025_dispoem_sobre_diaria_vice_prefeito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das diárias para vice prefeita.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/103/lei_n188-2025_dispoen_sobre__a_contratacao_do_pessoal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal, por tempo determinado, para atender a necessidade de excepcional interesse público.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>1</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/102/resolucao_n._001_-_2025_autoriza_o_poder_legislativo_emprestimo_consignado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a celebrar convênio com instituições bancárias para obtenção de empréstimos consignados aos servidores e vereadores da Câmara Municipal.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/101/lei_187-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Contribuição para Custeio do Serviço de Iluminação Pública no Município de Sucupira/TO, nos termos do art. 149-A da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>186</t>
@@ -318,53 +483,50 @@
   <si>
     <t>176</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/89/lei_n._176_-_2024_fixa_o_subsidio_do_presidente_e_vereadores_legislatura_2025-2028.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Presidente da Câmara Municipal, e Vereadores do Município de Sucupira-TO para legislatura 2025/2028, e, dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/88/lei_n._175_-_2024_altera_e_regulamentas_as_diarias_do_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I, II, III e IV da Lei Municipal nº 153 de 29 de Abril de 2022, que dispõe sobre a regulamentação das diárias para o Prefeito Municipal, Secretários, Coordenadores, Diretores, Chefes de Departamento e demais servidores do município e determina outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/87/emenda_a_lei_organica_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Institui como Direitos Sociais dos Vereadores da Câmara Municipal de Sucupira/TO, o 13º (Décimo Terceiro) Subsídio, acrescentando o Art. 20-A e seus §§ 1º, 2º, 3º e 4º, à Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/86/resolucao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização monetária dos subsídios dos vereadores, fixados pela lei Nº 25 de  12 dezembro de 2008.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>2023</t>
@@ -396,122 +558,113 @@
   <si>
     <t>171</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/79/lei_171-2023.pdf</t>
   </si>
   <si>
     <t>Alteração e correção parcial de ações previstas inicialmente no PPA 2022/2025, Lei nº 151/2021, que Dispõe sobre o Plano Plurianual para elaboração e execução da Lei Orçamentária para os exercícios de 2024/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/78/lei_170-2023.pdf</t>
   </si>
   <si>
     <t>Alteração e atualização parcial dos programas/ações previstas inicialmente LDO 2024, Lei nº 166/2023, que Dispõe sobre as Diretrizes para elaboração e execução da Lei Orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/83/resolucao_05-2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito da Câmara Municipal de Sucupira, Estado do Tocantins, as Contratações Diretas que se refere a Lei nº 14.133/2021, que estabelece normas gerais de licitação e contratação para a Administração Pública.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/82/resolucao_04-2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta dispositivos da nova Lei de Licitações e Contratos Administrativos no âmbito da Câmara Municipal de Sucupira/TO. (Lei nº 14.133/2021).</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/77/lei_169-2023.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria-Geral da Câmara Municipal de Sucupira/TO, e dispõe sobre suas atribuições e estrutura administrativa.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/76/lei_168-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de área pública municipal e autoriza doação para o Auto Posto Sucupira Ltda., e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/84/resolucao_03-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação das diárias para o Presidente, Vereadores, Diretores e Assessores, da Câmara Municipal de Sucupira/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/74/lei_167-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gestão Democrática do Ensino Público Municipal e estabelece critérios técnicos e a participação da comunidade escolar para a seleção do cargo de Diretor(a) de escola do Município de Sucupira/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/75/resolucao_02-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a realizar a doação de bens móveis ao Poder Executivo Municipal de Sucupira/TO.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/73/lei_166-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2024, do município de Sucupira/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/72/lei_165-2023.pdf</t>
@@ -951,173 +1104,158 @@
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/35/lei_128-2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Sucupira, para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/34/lei_127-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>126</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/33/lei_126-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2018/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>DL</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/69/dl_04-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Consolidadas do Município de Sucupira/TO, do exercício de 2011, do Gestor José Dantas Rego.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/68/dl_03-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Consolidadas do Município de Sucupira/TO, do exercício de 2010, do Gestor José Dantas Rego.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/67/dl_02-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Consolidadas do Município de Sucupira/TO, do exercício de 2009, do Gestor José Dantas Rego.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/66/dl_01-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas Consolidadas do Município de Sucupira/TO, do exercício de 2008, do Prefeito Municipal João Alves da Silva.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>123</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/111/lei_123-19.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o funcionamento do Conselho Tutelar de Sucupira/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>122</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/32/lei_122-2019.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos I, II, III e IV da Lei nº 066/2013, que dispõe sobre a regulamentação das diárias para o Prefeito Municipal, Secretários, Coordenadores, Diretores, Chefes de Departamento, e demais servidores do município e determina outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>121</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/31/lei_121-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Sucupira - REFIS/2019, no Município de Sucupira, e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/30/lei_120-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 077/2014, que dispõe sobre o Quadro de Pessoal de provimento efetivo do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/29/lei_119-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal, por tempo determinado, para atender a necessidade de excepcional interesse público, nos termos da Art. 37, IX, da Constituição Federal, Art. 9º, IX, da Constituição Estadual, e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>118</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/28/lei_118-2019.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 077/2014, 097/2016 e 103/2017, que dispõem sobre o Quadro de Pessoal de provimento efetivo do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2018/119/lei_115-18_ppa_2018-2021.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Sucupira/TO, para o período de 2018/2021 e dá outras providências.</t>
+  </si>
+  <si>
     <t>27</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/27/lei_110-2017.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Orçamento Anual do Município de Sucupira, para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/26/lei_109-2017.pdf</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/25/lei_108-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2018, e dá outras providências.</t>
@@ -1182,60 +1320,54 @@
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/21/lei_100-2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Plurianual para o exercício de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/20/lei_099-2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/19/lei_097-2016.pdf</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL, POR TEMPO DETERMINADO, PARA ATENDER A NECESSIDADE DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, IX, DA CONSTITUIÇÃO FEDERAL, ART. 9º, IX, DA CONSTITUIÇÃO ESTADUAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
-  </si>
-[...1 lines deleted...]
-    <t>6</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES AO ORÇAMENTO GERAL DO MUNICÍPIO DA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2014/18/lei_077-2014.pdf</t>
   </si>
@@ -1620,68 +1752,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/110/lei_195-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/109/lei_194-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/108/lei_193-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/107/lei_n._192_-_2025_institui_o_programa_de_recuperacaode_credito_fiscais_-_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/106/lei_no191_-_2025_-_autoriza_o_municipio_de_sucupira_a_participar_de_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/104/lei_n189-2025_dispoem_sobre_diaria_vice_prefeito.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/103/lei_n188-2025_dispoen_sobre__a_contratacao_do_pessoal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/102/resolucao_n._001_-_2025_autoriza_o_poder_legislativo_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/101/lei_187-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/100/lei_186-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/99/lei_185-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/98/lei_184-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/97/lei_n._183_-_2024_estima_a_receita_e_fixa_a_despesa_do_municipio_de_sucupira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/96/lei_n._182_-_2024_alteracao_e_correcao_parcial_ppa_2022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/95/lei_n._181_-2024_altera_anexo_iii_da_lei_municipal_n._07_-_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/94/lei_n._180_-_2024_concede_revisao_geral_anual_calendario_2023-202428062024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/93/lei_n._179_-_2024_concede_revisao_geral_anual_calendario_2022-202328062024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/92/lei_n._178_-_2024_autoriza_o_poder_executivo_contratar_operacao_de_credito26062024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/91/lei_n._177_-_2024_dispoe_sobre_as_diretrizes_gerais_202526062024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/89/lei_n._176_-_2024_fixa_o_subsidio_do_presidente_e_vereadores_legislatura_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/88/lei_n._175_-_2024_altera_e_regulamentas_as_diarias_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/87/emenda_a_lei_organica_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/86/resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/80/lei_174-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/90/lei_n._173_-2023_ratifica_o_protocolo_de_intencoes_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/79/lei_171-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/78/lei_170-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/83/resolucao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/82/resolucao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/77/lei_169-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/76/lei_168-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/84/resolucao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/74/lei_167-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/75/resolucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/73/lei_166-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/72/lei_165-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/71/lei_164-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/70/lei_163-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/14/resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/65/lei_162-2022_loa-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/64/lei_161-2022_revisao_ppa_22-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/63/lei_160-2022_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/62/lei_159-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/61/lei_158-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/59/lei_156-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/58/lei_155-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/57/lei_154-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/56/lei_153-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/60/lei_157-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/13/resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/55/lei_152-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/54/lei_151-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/53/lei_150-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/52/lei_149-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/51/lei_148-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/50/lei_147-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/49/lei_146-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/48/lei_145-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/47/lei_144-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/46/lei_143-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/45/lei_142-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/12/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/44/lei_141-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/43/lei_136-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/42/lei_135-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/41/lei_134-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/40/lei_133-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/39/lei_132-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/38/lei_131-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/37/lei_130-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/36/lei_129-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/11/resolucao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/35/lei_128-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/34/lei_127-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/33/lei_126-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/69/dl_04-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/68/dl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/67/dl_02-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/66/dl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/111/lei_123-19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/32/lei_122-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/31/lei_121-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/30/lei_120-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/29/lei_119-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/28/lei_118-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/27/lei_110-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/26/lei_109-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/25/lei_108-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/24/lei_107-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/23/lei_106-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/22/lei_101-2016.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/21/lei_100-2016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/20/lei_099-2016.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/19/lei_097-2016.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2014/18/lei_077-2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2008/17/lei_025-2008.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2004/16/lei_07-2004.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/1994/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/1994/15/lei_02-1994_reg._juridico.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/1993/4/lei_organica_sucupira-to.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/122/lei_200-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/121/lei_199-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/120/lei_198-25_loa-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/125/lei_197-25_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/124/lei_196-25_atualiza_ldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/123/res._03-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/118/dl_07-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/117/dl_06-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/116/dl_05-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/115/dl_04-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/114/dl_03-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/113/dl_02-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/112/dl_01-25_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/110/lei_195-25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/109/lei_194-25.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/108/lei_193-25_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/107/lei_n._192_-_2025_institui_o_programa_de_recuperacaode_credito_fiscais_-_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/106/lei_no191_-_2025_-_autoriza_o_municipio_de_sucupira_a_participar_de_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/126/res._02-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/104/lei_n189-2025_dispoem_sobre_diaria_vice_prefeito.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/103/lei_n188-2025_dispoen_sobre__a_contratacao_do_pessoal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2025/102/resolucao_n._001_-_2025_autoriza_o_poder_legislativo_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/101/lei_187-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/100/lei_186-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/99/lei_185-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/98/lei_184-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/97/lei_n._183_-_2024_estima_a_receita_e_fixa_a_despesa_do_municipio_de_sucupira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/96/lei_n._182_-_2024_alteracao_e_correcao_parcial_ppa_2022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/95/lei_n._181_-2024_altera_anexo_iii_da_lei_municipal_n._07_-_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/94/lei_n._180_-_2024_concede_revisao_geral_anual_calendario_2023-202428062024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/93/lei_n._179_-_2024_concede_revisao_geral_anual_calendario_2022-202328062024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/92/lei_n._178_-_2024_autoriza_o_poder_executivo_contratar_operacao_de_credito26062024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/91/lei_n._177_-_2024_dispoe_sobre_as_diretrizes_gerais_202526062024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/89/lei_n._176_-_2024_fixa_o_subsidio_do_presidente_e_vereadores_legislatura_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/88/lei_n._175_-_2024_altera_e_regulamentas_as_diarias_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/87/emenda_a_lei_organica_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2024/86/resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/80/lei_174-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/90/lei_n._173_-2023_ratifica_o_protocolo_de_intencoes_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/79/lei_171-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/78/lei_170-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/83/resolucao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/82/resolucao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/77/lei_169-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/76/lei_168-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/84/resolucao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/74/lei_167-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/75/resolucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/73/lei_166-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/72/lei_165-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/71/lei_164-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/70/lei_163-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2023/14/resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/65/lei_162-2022_loa-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/64/lei_161-2022_revisao_ppa_22-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/63/lei_160-2022_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/62/lei_159-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/61/lei_158-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/59/lei_156-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/58/lei_155-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/57/lei_154-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/56/lei_153-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/60/lei_157-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2022/13/resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/55/lei_152-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/54/lei_151-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/53/lei_150-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/52/lei_149-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/51/lei_148-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/50/lei_147-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/49/lei_146-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/48/lei_145-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/47/lei_144-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/46/lei_143-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/45/lei_142-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/12/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2021/44/lei_141-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/43/lei_136-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/42/lei_135-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/41/lei_134-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/40/lei_133-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/39/lei_132-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/38/lei_131-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/37/lei_130-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/36/lei_129-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2020/11/resolucao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/35/lei_128-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/34/lei_127-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/33/lei_126-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/69/dl_04-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/68/dl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/67/dl_02-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/66/dl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/111/lei_123-19.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/32/lei_122-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/31/lei_121-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/30/lei_120-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/29/lei_119-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2019/28/lei_118-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2018/119/lei_115-18_ppa_2018-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/27/lei_110-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/26/lei_109-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/25/lei_108-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/24/lei_107-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2017/23/lei_106-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/22/lei_101-2016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/21/lei_100-2016.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/20/lei_099-2016.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2016/19/lei_097-2016.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2016/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2014/18/lei_077-2014.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2008/17/lei_025-2008.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/2004/16/lei_07-2004.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/./sapl/public/normajuridica/1994/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/1994/15/lei_02-1994_reg._juridico.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sucupira.to.leg.br/media/sapl/public/normajuridica/1993/4/lei_organica_sucupira-to.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G108"/>
+  <dimension ref="A1:G123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="158" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="249.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -1789,2383 +1921,2728 @@
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
         <v>39</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>78</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>82</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>86</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>93</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>97</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="G24" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" t="s">
         <v>107</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B26" t="s">
+      <c r="G26" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>104</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>104</v>
+      </c>
+      <c r="C30" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>104</v>
+      </c>
+      <c r="C31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G31" t="s">
         <v>131</v>
-      </c>
-[...16 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>104</v>
+      </c>
+      <c r="C32" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="G32" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="G33" t="s">
         <v>139</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="G34" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>104</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G35" t="s">
         <v>147</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="G36" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="G37" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>104</v>
+      </c>
+      <c r="C38" t="s">
+        <v>51</v>
+      </c>
+      <c r="D38" t="s">
+        <v>157</v>
+      </c>
+      <c r="E38" t="s">
         <v>158</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="F38" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38" s="1" t="s">
+      <c r="G38" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" t="s">
+        <v>62</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="G39" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" t="s">
         <v>166</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>165</v>
+      </c>
+      <c r="C41" t="s">
         <v>170</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>171</v>
       </c>
       <c r="G41" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>173</v>
       </c>
       <c r="B42" t="s">
+        <v>165</v>
+      </c>
+      <c r="C42" t="s">
         <v>174</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" t="s">
+        <v>165</v>
+      </c>
+      <c r="C43" t="s">
         <v>178</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>181</v>
+      </c>
+      <c r="B44" t="s">
+        <v>165</v>
+      </c>
+      <c r="C44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D44" t="s">
+        <v>32</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="G44" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" t="s">
+        <v>51</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G45" t="s">
         <v>186</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" t="s">
+        <v>165</v>
+      </c>
+      <c r="C46" t="s">
+        <v>188</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G46" t="s">
         <v>190</v>
-      </c>
-[...16 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>165</v>
+      </c>
+      <c r="C47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G47" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B48" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C48" t="s">
-        <v>199</v>
+        <v>31</v>
       </c>
       <c r="D48" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E48" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G48" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="G49" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C50" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
       <c r="D50" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E50" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="G50" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C51" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="G51" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C52" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
       <c r="D52" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E52" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="G52" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>218</v>
+        <v>165</v>
       </c>
       <c r="C53" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="G53" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
+        <v>165</v>
+      </c>
+      <c r="C54" t="s">
         <v>218</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G54" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
-        <v>218</v>
+        <v>165</v>
       </c>
       <c r="C55" t="s">
-        <v>227</v>
+        <v>62</v>
       </c>
       <c r="D55" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E55" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="G55" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C56" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="G56" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B57" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C57" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="G57" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B58" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C58" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G58" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B59" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C59" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="G59" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C60" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="G60" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B61" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C61" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="G61" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B62" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C62" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G62" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B63" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C63" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="G63" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C64" t="s">
-        <v>43</v>
+        <v>258</v>
       </c>
       <c r="D64" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="G64" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="G65" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
-        <v>270</v>
+        <v>225</v>
       </c>
       <c r="C66" t="s">
-        <v>271</v>
+        <v>62</v>
       </c>
       <c r="D66" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="G66" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
+        <v>269</v>
+      </c>
+      <c r="C67" t="s">
         <v>270</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="G67" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B68" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C68" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="G68" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="B69" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C69" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="G69" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B70" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C70" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G70" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B71" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C71" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="G71" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B72" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C72" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="G72" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B73" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="G73" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B74" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C74" t="s">
-        <v>151</v>
+        <v>298</v>
       </c>
       <c r="D74" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="G74" t="s">
-        <v>172</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
+        <v>301</v>
+      </c>
+      <c r="B75" t="s">
+        <v>269</v>
+      </c>
+      <c r="C75" t="s">
+        <v>302</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B75" t="s">
+      <c r="G75" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
+        <v>305</v>
+      </c>
+      <c r="B76" t="s">
+        <v>269</v>
+      </c>
+      <c r="C76" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="G76" t="s">
         <v>308</v>
-      </c>
-[...16 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" t="s">
+        <v>269</v>
+      </c>
+      <c r="C77" t="s">
+        <v>310</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="G77" t="s">
         <v>312</v>
-      </c>
-[...16 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B78" t="s">
-        <v>304</v>
+        <v>269</v>
       </c>
       <c r="C78" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D78" t="s">
-        <v>317</v>
+        <v>32</v>
       </c>
       <c r="E78" t="s">
-        <v>318</v>
+        <v>33</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G78" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B79" t="s">
-        <v>304</v>
+        <v>269</v>
       </c>
       <c r="C79" t="s">
-        <v>143</v>
+        <v>317</v>
       </c>
       <c r="D79" t="s">
-        <v>317</v>
+        <v>10</v>
       </c>
       <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F79" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" t="s">
+        <v>321</v>
+      </c>
+      <c r="C80" t="s">
+        <v>322</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="G80" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
+        <v>325</v>
+      </c>
+      <c r="B81" t="s">
+        <v>321</v>
+      </c>
+      <c r="C81" t="s">
+        <v>326</v>
+      </c>
+      <c r="D81" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B81" t="s">
-[...11 lines deleted...]
-      <c r="F81" s="1" t="s">
+      <c r="G81" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
+        <v>329</v>
+      </c>
+      <c r="B82" t="s">
+        <v>321</v>
+      </c>
+      <c r="C82" t="s">
         <v>330</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D82" t="s">
-[...5 lines deleted...]
-      <c r="F82" s="1" t="s">
+      <c r="G82" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
+        <v>333</v>
+      </c>
+      <c r="B83" t="s">
+        <v>321</v>
+      </c>
+      <c r="C83" t="s">
         <v>334</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D83" t="s">
-[...5 lines deleted...]
-      <c r="F83" s="1" t="s">
+      <c r="G83" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>337</v>
+      </c>
+      <c r="B84" t="s">
+        <v>321</v>
+      </c>
+      <c r="C84" t="s">
         <v>338</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="D84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" t="s">
+        <v>321</v>
+      </c>
+      <c r="C85" t="s">
+        <v>341</v>
+      </c>
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="G85" t="s">
         <v>343</v>
-      </c>
-[...10 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>344</v>
+      </c>
+      <c r="B86" t="s">
+        <v>321</v>
+      </c>
+      <c r="C86" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="G86" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
+        <v>348</v>
+      </c>
+      <c r="B87" t="s">
+        <v>321</v>
+      </c>
+      <c r="C87" t="s">
+        <v>349</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="G87" t="s">
         <v>351</v>
-      </c>
-[...10 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B88" t="s">
-        <v>355</v>
+        <v>321</v>
       </c>
       <c r="C88" t="s">
-        <v>7</v>
+        <v>58</v>
       </c>
       <c r="D88" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E88" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="G88" t="s">
-        <v>357</v>
+        <v>223</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B89" t="s">
         <v>355</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>356</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="G89" t="s">
-        <v>315</v>
+        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B90" t="s">
         <v>355</v>
       </c>
       <c r="C90" t="s">
-        <v>18</v>
+        <v>360</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>361</v>
       </c>
       <c r="G90" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>363</v>
       </c>
       <c r="B91" t="s">
         <v>355</v>
       </c>
       <c r="C91" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>364</v>
       </c>
       <c r="G91" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>366</v>
       </c>
       <c r="B92" t="s">
         <v>355</v>
       </c>
       <c r="C92" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D92" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E92" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>367</v>
       </c>
       <c r="G92" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>369</v>
       </c>
       <c r="B93" t="s">
         <v>355</v>
       </c>
       <c r="C93" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D93" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E93" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>370</v>
       </c>
       <c r="G93" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>372</v>
       </c>
       <c r="B94" t="s">
         <v>355</v>
       </c>
       <c r="C94" t="s">
+        <v>58</v>
+      </c>
+      <c r="D94" t="s">
         <v>38</v>
       </c>
-      <c r="D94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>373</v>
       </c>
       <c r="G94" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>375</v>
       </c>
       <c r="B95" t="s">
         <v>355</v>
       </c>
       <c r="C95" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="D95" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E95" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>376</v>
       </c>
       <c r="G95" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>378</v>
       </c>
       <c r="B96" t="s">
+        <v>355</v>
+      </c>
+      <c r="C96" t="s">
+        <v>30</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C96" t="s">
-[...8 lines deleted...]
-      <c r="F96" s="1" t="s">
+      <c r="G96" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
+        <v>381</v>
+      </c>
+      <c r="B97" t="s">
+        <v>355</v>
+      </c>
+      <c r="C97" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B97" t="s">
-[...11 lines deleted...]
-      <c r="F97" s="1" t="s">
+      <c r="G97" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
+        <v>384</v>
+      </c>
+      <c r="B98" t="s">
+        <v>355</v>
+      </c>
+      <c r="C98" t="s">
+        <v>14</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B98" t="s">
-[...11 lines deleted...]
-      <c r="F98" s="1" t="s">
+      <c r="G98" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>387</v>
+      </c>
+      <c r="B99" t="s">
+        <v>355</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B99" t="s">
-[...11 lines deleted...]
-      <c r="F99" s="1" t="s">
+      <c r="G99" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>390</v>
       </c>
       <c r="B100" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="C100" t="s">
-        <v>69</v>
+        <v>391</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G100" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B101" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="C101" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G101" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>143</v>
+        <v>391</v>
       </c>
       <c r="B102" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C102" t="s">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G102" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B103" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C103" t="s">
-        <v>134</v>
+        <v>65</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G103" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B104" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C104" t="s">
-        <v>360</v>
+        <v>69</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>405</v>
       </c>
       <c r="G104" t="s">
-        <v>406</v>
+        <v>365</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>406</v>
+      </c>
+      <c r="B105" t="s">
+        <v>401</v>
+      </c>
+      <c r="C105" t="s">
+        <v>73</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B105" t="s">
+      <c r="G105" t="s">
         <v>408</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>128</v>
+        <v>409</v>
       </c>
       <c r="B106" t="s">
+        <v>401</v>
+      </c>
+      <c r="C106" t="s">
+        <v>77</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="C106" t="s">
-[...8 lines deleted...]
-      <c r="F106" s="1" t="s">
+      <c r="G106" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
+        <v>412</v>
+      </c>
+      <c r="B107" t="s">
+        <v>401</v>
+      </c>
+      <c r="C107" t="s">
+        <v>85</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B107" t="s">
-[...11 lines deleted...]
-      <c r="F107" s="1" t="s">
+      <c r="G107" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>102</v>
+        <v>415</v>
       </c>
       <c r="B108" t="s">
+        <v>401</v>
+      </c>
+      <c r="C108" t="s">
+        <v>92</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="C108" t="s">
+      <c r="G108" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>418</v>
+      </c>
+      <c r="B109" t="s">
+        <v>401</v>
+      </c>
+      <c r="C109" t="s">
+        <v>96</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="G109" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" t="s">
+        <v>421</v>
+      </c>
+      <c r="B110" t="s">
+        <v>401</v>
+      </c>
+      <c r="C110" t="s">
+        <v>100</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="G110" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111" t="s">
+        <v>424</v>
+      </c>
+      <c r="B111" t="s">
+        <v>425</v>
+      </c>
+      <c r="C111" t="s">
+        <v>103</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G111" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112" t="s">
+        <v>428</v>
+      </c>
+      <c r="B112" t="s">
+        <v>425</v>
+      </c>
+      <c r="C112" t="s">
+        <v>108</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="G112" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113" t="s">
+        <v>431</v>
+      </c>
+      <c r="B113" t="s">
+        <v>425</v>
+      </c>
+      <c r="C113" t="s">
+        <v>112</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="G113" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114" t="s">
+        <v>434</v>
+      </c>
+      <c r="B114" t="s">
+        <v>425</v>
+      </c>
+      <c r="C114" t="s">
+        <v>120</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="G114" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115" t="s">
+        <v>37</v>
+      </c>
+      <c r="B115" t="s">
+        <v>425</v>
+      </c>
+      <c r="C115" t="s">
+        <v>124</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="G115" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" t="s">
         <v>43</v>
       </c>
-      <c r="D108" t="s">
-[...9 lines deleted...]
-        <v>420</v>
+      <c r="B116" t="s">
+        <v>425</v>
+      </c>
+      <c r="C116" t="s">
+        <v>128</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="G116" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B117" t="s">
+        <v>440</v>
+      </c>
+      <c r="C117" t="s">
+        <v>140</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="G117" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
+      <c r="A118" t="s">
+        <v>443</v>
+      </c>
+      <c r="B118" t="s">
+        <v>444</v>
+      </c>
+      <c r="C118" t="s">
+        <v>187</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="G118" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
+      <c r="A119" t="s">
+        <v>447</v>
+      </c>
+      <c r="B119" t="s">
+        <v>448</v>
+      </c>
+      <c r="C119" t="s">
+        <v>406</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="G119" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120" t="s">
+        <v>451</v>
+      </c>
+      <c r="B120" t="s">
+        <v>452</v>
+      </c>
+      <c r="C120" t="s">
+        <v>37</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="G120" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7">
+      <c r="A121" t="s">
+        <v>47</v>
+      </c>
+      <c r="B121" t="s">
+        <v>454</v>
+      </c>
+      <c r="C121" t="s">
+        <v>51</v>
+      </c>
+      <c r="D121" t="s">
+        <v>32</v>
+      </c>
+      <c r="E121" t="s">
+        <v>33</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="G121" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7">
+      <c r="A122" t="s">
+        <v>457</v>
+      </c>
+      <c r="B122" t="s">
+        <v>454</v>
+      </c>
+      <c r="C122" t="s">
+        <v>58</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="G122" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7">
+      <c r="A123" t="s">
+        <v>51</v>
+      </c>
+      <c r="B123" t="s">
+        <v>460</v>
+      </c>
+      <c r="C123" t="s">
+        <v>62</v>
+      </c>
+      <c r="D123" t="s">
+        <v>461</v>
+      </c>
+      <c r="E123" t="s">
+        <v>462</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="G123" t="s">
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -4233,50 +4710,65 @@
     <hyperlink ref="F84" r:id="rId83"/>
     <hyperlink ref="F85" r:id="rId84"/>
     <hyperlink ref="F86" r:id="rId85"/>
     <hyperlink ref="F87" r:id="rId86"/>
     <hyperlink ref="F88" r:id="rId87"/>
     <hyperlink ref="F89" r:id="rId88"/>
     <hyperlink ref="F90" r:id="rId89"/>
     <hyperlink ref="F91" r:id="rId90"/>
     <hyperlink ref="F92" r:id="rId91"/>
     <hyperlink ref="F93" r:id="rId92"/>
     <hyperlink ref="F94" r:id="rId93"/>
     <hyperlink ref="F95" r:id="rId94"/>
     <hyperlink ref="F96" r:id="rId95"/>
     <hyperlink ref="F97" r:id="rId96"/>
     <hyperlink ref="F98" r:id="rId97"/>
     <hyperlink ref="F99" r:id="rId98"/>
     <hyperlink ref="F100" r:id="rId99"/>
     <hyperlink ref="F101" r:id="rId100"/>
     <hyperlink ref="F102" r:id="rId101"/>
     <hyperlink ref="F103" r:id="rId102"/>
     <hyperlink ref="F104" r:id="rId103"/>
     <hyperlink ref="F105" r:id="rId104"/>
     <hyperlink ref="F106" r:id="rId105"/>
     <hyperlink ref="F107" r:id="rId106"/>
     <hyperlink ref="F108" r:id="rId107"/>
+    <hyperlink ref="F109" r:id="rId108"/>
+    <hyperlink ref="F110" r:id="rId109"/>
+    <hyperlink ref="F111" r:id="rId110"/>
+    <hyperlink ref="F112" r:id="rId111"/>
+    <hyperlink ref="F113" r:id="rId112"/>
+    <hyperlink ref="F114" r:id="rId113"/>
+    <hyperlink ref="F115" r:id="rId114"/>
+    <hyperlink ref="F116" r:id="rId115"/>
+    <hyperlink ref="F117" r:id="rId116"/>
+    <hyperlink ref="F118" r:id="rId117"/>
+    <hyperlink ref="F119" r:id="rId118"/>
+    <hyperlink ref="F120" r:id="rId119"/>
+    <hyperlink ref="F121" r:id="rId120"/>
+    <hyperlink ref="F122" r:id="rId121"/>
+    <hyperlink ref="F123" r:id="rId122"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>